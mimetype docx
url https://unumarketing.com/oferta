--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -1,6492 +1,1156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
-  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...15 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...29 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ПУБЛИЧНАЯ ОФЕРТА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...15 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...29 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">на использование технических возможностей Сайта</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...44 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящий Договор заключается между ИП Путилова Светлана Александровна, с одной стороны и любым юридическим лицом, индивидуальным предпринимателем, далее именуемым – «Заказчик».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...44 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Далее по тексту Администрация сайта и Заказчик совместно именуются – «Стороны», а по отдельности – «Сторона».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...44 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящий документ в соответствии со статьей 437 Гражданского кодекса Российской Федерации является Публичной офертой на заключение Договора на использование технических возможностей Сайта, а также иных услуг на условиях, определенных в настоящей Оферте, адресованной Администрацией сайта Заказчику.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">В соответствии со статьей 438 Гражданского кодекса Российской Федерации акцепт настоящей Оферты осуществляется путём совершения Заказчиком фактических действий, направленных на выполнение изложенных в ней положений, в частности посредством регистрации на Сайте, внесения денежных средств в порядке и на условиях, определенных в данной Оферте</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со статьей 438 Гражданского кодекса Российской Федерации акцепт настоящей Оферты осуществляется путём совершения Заказчиком фактических действий, направленных на выполнение изложенных в ней положений, в частности посредством регистрации на Сайте, внесения денежных средств в порядке и на условиях, определенных в данной Оферте.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">Акцепт Оферты означает полное и безоговорочное согласие Заказчика с условиями оказания услуг, определёнными в Оферте. С момента акцепта Оферты Договор на использование технических возможностей Сайта, а также иных услуг, признается заключенным между Администрацией сайта и Заказчиком.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акцепт Оферты означает полное и безоговорочное согласие Заказчика с условиями оказания услуг, определенными в Оферте. С момента акцепта Оферты Договор на использование технических возможностей Сайта, а также иных услуг, признается заключенным между Администрацией сайта и Заказчиком.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="282" w:right="0" w:firstLine="852"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...33 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. ТЕРМИНЫ, ИСПОЛЬЗУЕМЫЕ В ОФЕРТЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...50 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Сайт – результат интеллектуальной деятельности, представляющий собой составное произведение, расположенное в информационно-телекоммуникационной сети (сети Интернет) под определенным сетевым адресом и включающее в себя программы для ЭВМ (программное обеспечение), обеспечивающие его функционирование, графическое решение (дизайн), контент, размещенный на нем, в том числе, но не ограничиваясь, текстовую информацию, фотографические изображения, картинки, видеоролики, видеозаписи и др. Под Сайтом в тексте настоящего Соглашения понимается Сайт, расположенный в сети Интернет под доменным именем (адресом) – www.unumarketing.com, а также его производные.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...67 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. Администрация сайта – лицо¸ обладающее правами на владение, использование и управление Сайтом, указанным в пункте 1.1. настоящей Оферты, и предоставляющее его в пользование Заказчикам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...69 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. Заказчик – юридическое лицо (организация) в лице своего уполномоченного представителя или индивидуальный предприниматель, действующий в своих личных интересах/его уполномоченный представитель, использующее Сайт в соответствии с его основным назначением.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...69 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4. Заказ – задание Заказчика на выполнение/оказание определенной работы (услуги), информация о которой размещается Заказчиком на Сайте, в том числе на написание (подготовку) статей, новостей, текстов, переводов, постинга, активности и т.д., а также на приобретение (покупку) статей, размещенных на Сайте, а также на оказание иных услуг. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...69 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5. Профиль – специальное виртуальное пространство на Сайте, выделяемое (предоставляемое) Пользователю после регистрации, содержащее определенную информацию о нем, и необходимое для использования Сайта в соответствии с его основным назначением.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...69 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.6. Баланс – личная карточка Заказчика на Сайте, состоящая из учетных записей поступивших от него Администрации сайта денежных средств, отражающая все финансово-кредитные операции, осуществленные Заказчиком, а также остаток неизрасходованных Заказчиком средств.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">– личная карточка Заказчика на Сайте, состоящая из учетных записей поступивших от него Администрации сайта денежных средств, отражающая все финансово-кредитные операции, осуществленные Заказчиком, а также остаток неизрасходованных Заказчиком средств.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.7. В Оферте могут быть использованы понятия и термины, не определенные в пункте 1. настоящей Оферты. В этих случаях толкование понятий и терминов производится в соответствии с текстом и смыслом данной Оферты. В случае отсутствия однозначного толкования понятия и термина в тексте Оферты следует руководствоваться толкованием понятий и терминов: в первую очередь – определенным на Сайте, указанном в пункте 1.1. настоящей Оферты, во вторую очередь – в соответствии с гражданским законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">В Оферте могут быть использованы понятия и термины, не определенные в пункте 1.1. настоящей Оферты. В этих случаях толкование понятий и терминов производится в соответствии с текстом и смыслом данной Оферты. В случае отсутствия однозначного толкования понятия и термина в тексте Оферты следует руководствоваться толкованием понятий и терминов: в первую очередь – определенным на Сайте, указанном в пункте 1.1.1. настоящей Оферты, во вторую очередь – в соответствии с гражданским законодательством Российской Федерации.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. ПРЕДМЕТ ОФЕРТЫ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:right="0" w:firstLine="850"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. По настоящей Оферте Администрация сайта оказывает Заказчику услуги по предоставлению в пользование Сайта в соответствии с его основным назначением, в частности технических возможностей Сайта, указанных в пункте 1.1. настоящей Оферты, а Заказчик обязуется оплачивать данные услуги в размере, порядке и на условиях, определенных в тексте данной Оферты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. Администрация сайта предоставляет Заказчику доступ к следующим услугам на Сайте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.1. Услуги по подготовке статей, их рерайт, перевод статей, подготовку новостей, покупку (приобретение) готовых статей и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.2. Услуги по предоставлению возможности заказа выполнения иных задач, в том числе постинг на Сайтах, комментирование на форумах в сети Интернет и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.3. Услуги по предоставлению возможности заказа продвижения в социальных сетях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.4. Услуги по проверке статьи корректором, в том числе на наличие/отсутствие в ней орфографических, пунктуационных и речевых ошибок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.5. Услуги по проверке статей (текстов) на уникальность с использованием программного обеспечения Администрации сайта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. Основное назначение Сайта, указанного в пункте 1.1. настоящей Оферты, – размещение Заказчиком своих заказов в целях их выполнения Администрацией сайта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. Содержание и цель заказа, а также условия выполнения, в том числе цена, срок, объем и т.д., определяются Заказчиком самостоятельно за исключением случаев, если иное не определено техническим устройством Сайта или не установлено Администрацией сайта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...589 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. УСЛОВИЯ РАЗМЕЩЕНИЯ И ВЫПОЛНЕНИЯ ЗАКАЗА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:right="0" w:firstLine="425.00000000000006"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Оказание услуг по настоящей Оферте производится только после регистрации Заказчика на Сайте, осуществляемой в порядке и на условиях, определяемых в соответствии с техническими возможностями и оснащенностью Сайта, и предоставления ему профиля по результатам проведения данной процедуры регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Размещение заказа Заказчиком допускается только при наличии на его Балансе суммы средств, достаточной для оплаты стоимости заказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.1. В соответствие с договором на оказание услуг Администрация сайта обязуется оказать услуги в соответствии с условиями, указанными Заказчиком в заказе, а Заказчик обязуется оплатить услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.2. Все интеллектуальные (имущественные, исключительные) права на результаты интеллектуальной деятельности, созданные в рамках выполнения заказа Заказчика, переходят от Администрации сайта к Заказчику с момента оказания услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. Заказ Заказчика считается выполненным, если Заказчик принял выполнение заказа посредством нажатия на кнопку Сайта об одобрении заказа. Если Заказчик в течение 72 (семидесяти двух) часов с даты выполнения его заказа не одобрил заказ посредством нажатия на соответствующую кнопку Сайта об одобрении заказа, то заказ признается одобренным в автоматическом режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...378 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. РАСЧЕТЫ МЕЖДУ СТОРОНАМИ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:right="0" w:firstLine="425.00000000000006"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. За оказание услуг по использованию Сайта, в частности за предоставление возможностей, указанных в пункте 2.2. настоящей Оферты, Заказчик уплачивает Администрации сайта помимо стоимости услуг вознаграждение в размере 15 % (пятнадцати процентов) от суммы пополнения баланса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Вознаграждение, указанное в пункте 4.1. данной Оферты, уплачивается Заказчиком Администрации сайта в порядке 100% (стопроцентной) предварительной оплаты в момент поступления денежных средств от Заказчика в счет оплаты за последующее выполнение заказов Заказчика (за выполнение заказов Заказчика в будущем).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. Вознаграждение за услуги, указанные в пункте 2.2. данной Оферты, уплачивается Заказчиком Администрации сайта в порядке 100% (стопроцентной) предварительной оплаты в момент заказа данных услуг и подлежит списанию с Баланса Заказчика на Сайте. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. Выплата вознаграждения Администрации сайта, предоставление средств в счет оплаты услуг, и соответственно пополнение баланса Заказчика может осуществляться Заказчиком посредством перечисления средств на расчетный счет Администрации сайта с учётом НДС в размере 5% (пяти процентов). Датой оплаты считается дата зачисления денежных средств на расчетный счет Администрации сайта или на счет Администрации сайта в соответствующей электронной платежной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. Средства, зачисленные на баланс Заказчика, не подлежат возврату и признаются оплатой в счет последующего (будущего) заказа услуг в соответствии с настоящей Оферты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.6. Передача и подпись первичных бухгалтерских документов, подтверждающих факт выполнения обязательств по публичной оферте осуществляется через систему электронного документооборота (ЭДО) после обращения Заказчика к Администрации Сайта в сроки до семи календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...425 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. ИНТЕЛЛЕКТУАЛЬНАЯ СОБСТВЕННОСТЬ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...32 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="1494" w:right="0" w:hanging="360"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. Исключительное право на результаты интеллектуальной деятельности, полученные в рамках выполнения заказов Заказчика, в частности статьи, релизы, новости, обзоры и т.д. принадлежат Заказчику в полном объеме, в том числе и на его отдельные составные части.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Действие передаваемого исключительного права не ограничивается территориальными пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3. Указанное исключительное право передается Заказчику с момента оказания услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...232 lines deleted...]
-        <w:t xml:space="preserve">Указанное исключительное право передается Заказчику с момента принятия одобрения выполненной работы и с даты оплаты услуг.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. ОТВЕТСТВЕННОСТЬ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:right="0" w:firstLine="425.00000000000006"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. За неисполнение или ненадлежащее исполнение условий настоящей Оферты Администрация сайта и Заказчик несут ответственность в соответствие с требованиями действующего российского законодательства, а также положениями данной Оферты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. Администрация сайта не несет ответственность за неправомерное использование другими пользователями сайта результатов интеллектуальной деятельности, созданных/предоставленных в рамках выполнения заказов Заказчика. Вместе с тем Администрация сайта вправе применять все зависящие от нее меры, направленные на исключении/минимизацию нарушений прав и интересов Заказчика в данной сфере.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3. Администрация Сайта не несет ответственность за убытки и расходы, возникшие у Заказчика в связи с использованием Сайта, в частности за убытки и расходы, вызванные несанкционированным доступом третьих лиц, в том числе других Заказчиков, к аккаунту Заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. Администрация сайта не несет ответственность за расходы, убытки и иной ущерб, возникший у Заказчика в связи с ознакомлением с рекламой, рекламными баннерами и объявлениями, контекстной рекламой, гиперссылки на которые размещены на Сайте. Заказчик обязуется не предъявлять к Администрации сайта претензии в отношении данных расходов, убытков и иного ущерба, а поступившие претензии подлежат отклонению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5. Претензии в отношении выполнения заказа рассматриваются Администрацией сайта только в том случае, если они поступили от Заказчика в течение 7 (семи) календарных дней с даты одобрения заказа на Сайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...341 lines deleted...]
-        <w:t xml:space="preserve">Претензии в отношении выполнения заказа рассматриваются Администрацией сайта только в том случае, если они поступили от Заказчика в течение 7 (семи) календарных дней с даты одобрения заказа на Сайте.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. ПОРЯДОК РАЗРЕШЕНИЯ СПОРОВ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...32 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:right="0" w:firstLine="425.00000000000006"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1. Стороны установили претензионный досудебный порядок урегулирования разногласий и споров. Срок для ответа на предъявленную претензию составляет 10 (десять) рабочих дней с момента получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...121 lines deleted...]
-        <w:t xml:space="preserve">Стороны установили претензионный досудебный порядок урегулирования разногласий и споров. Срок для ответа на предъявленную претензию составляет 10 (десять) рабочих дней с момента получения. В случае не достижения договоренности по спорным вопросам спор, вытекающий из настоящей Оферты, подлежит рассмотрению в Арбитражном суде Санкт-Петербурга и Ленинградской области.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. ПРОЧИЕ УСЛОВИЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...32 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">ПРОЧИЕ УСЛОВИЯ</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1. Обмен юридически значимыми сообщениями осуществляется посредством электронной связи, включая функционал Сервиса и электронную почту, указанную при регистрации. Сообщения считаются полученными при наличии технического подтверждения отправки либо при размещении в личном кабинете Заказчика.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Направление корреспонденции, связанной с исполнением настоящей Оферты может производиться средствами факсимильной и электронной связи. Документы, переданные по факсу и электронной почте, признаются действительными при условии на них аппаратных отметок о дате и времени отправки, наименования организации и номера, проставляемых факсимильным аппаратом, а подписи полномочных представителей Сторон в такой переписке имеют силу собственноручных, что не освобождает Стороны от последующего предоставления оригиналов документов. Подписанный Сторонами Договор, а так же все касающиеся его приложения, дополнения, соглашения, правила спецификации и другие документы, переданные посредством факсимильной и/или электронной (интернет) связи с печатями и подписями уполномоченных лиц, до обмена Сторонами оригиналов имеют такую же юридическую силу, как и оригиналы, которые при необходимости будут являться доказательствами в суде.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2. Договор считается заключенным с момента акцепта Оферты Заказчиком путем совершения действий, предусмотренных настоящей Офертой (в том числе оплаты услуг). Подписание отдельного письменного договора не требуется.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Во всем остальном, что прямо не предусмотрено настоящей Офертой, Стороны руководствуются соответствующими положениями действующего  законодательства РФ.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.3. Исполнитель вправе вносить изменения в настоящую Оферту в одностороннем порядке путем публикации новой редакции на сайте Сервиса. Новая редакция вступает в силу с момента ее публикации, если иной срок не указан в тексте.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Все изменения, дополнения к настоящей Оферте действительны лишь в том случае, если они оформлены письменно, подписаны уполномоченными представителями Сторон и имеют ссылку на номер и дату настоящей Оферты, с учетом положений пункта 8.1. настоящей Оферты. </w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.4. Продолжение использования Сервиса после вступления изменений в силу считается акцептом новой редакции.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Администрация сайта вправе осуществлять рассылку на номер телефона и/или адрес электронной почты Заказчика. Настоящим Заказчик предоставляет Администрации сайта право на направление в его адрес различных рассылок, в том числе рекламных. </w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> года, а в части финансовых обязательств-до момента их полного исполнения. Администрация сайта вправе в одностороннем порядке вносить изменения в текст Оферты. Заказчик обязуется самостоятельно отслеживать изменения, вносимые в Оферту.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference r:id="rId6" w:type="default"/>
-[...2 lines deleted...]
-      <w:pgMar w:bottom="1134" w:top="1134" w:left="1701" w:right="850" w:header="720" w:footer="720"/>
+      <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:font w:name="Georgia"/>
-[...6 lines deleted...]
-  </w:font>
+  <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...2145 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
-      <w:pPr/>
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:szCs w:val="72"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-      <w:iCs w:val="1"/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>